--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10656447</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1128/mbio.01092-25</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Giant transposons promote strain heterogeneity in a major fungal pathogen</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Gluck-Thaler, Emile (ORCID:0000000304387495); Forsythe, Adrian (ORCID:0000000319669946); Puerner, Charles (ORCID:0000000244020295); Gutierrez-Perez, Cecilia (ORCID:0000000298080701); Stajich, Jason E (ORCID:0000000275910020); Croll, Daniel (ORCID:000000022072380X); Cramer, Robert A (ORCID:0000000155035006); Vogan, Aaron A (ORCID:0000000320137445)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Goldman, Gustavo H</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-11T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>mBio</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2150-7511</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;ABSTRACT&lt;/title&gt; &lt;sec&gt;&lt;p&gt;Fungal infections are difficult to prevent and treat in large part due to strain heterogeneity, which confounds diagnostic predictability. Yet, the genetic mechanisms driving strain-to-strain variation remain poorly understood. Here, we determined the extent to which&lt;italic toggle='yes'&gt;Starships&lt;/italic&gt;—giant transposons capable of mobilizing numerous fungal genes—generate genetic and phenotypic variability in the opportunistic human pathogen&lt;italic toggle='yes'&gt;Aspergillus fumigatus&lt;/italic&gt;. We analyzed 519 diverse strains, including 11 newly sequenced with long-read technology and multiple isolates of the same reference strain, to reveal 20 distinct&lt;italic toggle='yes'&gt;Starships&lt;/italic&gt;that are generating genomic heterogeneity over timescales relevant for experimental reproducibility.&lt;italic toggle='yes'&gt;Starship&lt;/italic&gt;-mobilized genes encode diverse functions, including known biofilm-related virulence factors and biosynthetic gene clusters, and many are differentially expressed during infection and antifungal exposure in a strain-specific manner. These findings support a new model of fungal evolution wherein&lt;italic toggle='yes'&gt;Starships&lt;/italic&gt;help generate variation in genome structure, gene content, and expression among fungal strains. Together, our results demonstrate that&lt;italic toggle='yes'&gt;Starships&lt;/italic&gt;are a previously hidden mechanism generating genotypic and, in turn, phenotypic heterogeneity in a major human fungal pathogen.&lt;/p&gt;&lt;sec&gt;&lt;title&gt;IMPORTANCE&lt;/title&gt;&lt;p&gt;No “one size fits all” option exists for treating fungal infections in large part due to genetic and phenotypic variability among strains. Accounting for strain heterogeneity is thus fundamental for developing efficacious treatments and strategies for safeguarding human health. Here, we report significant progress toward achieving this goal by uncovering a previously hidden mechanism generating heterogeneity in the human fungal pathogen&lt;italic toggle='yes'&gt;Aspergillus fumigatus&lt;/italic&gt;: giant transposons, called&lt;italic toggle='yes'&gt;Starships&lt;/italic&gt;, that span dozens of kilobases and mobilize fungal genes as cargo. By conducting a systematic investigation of these unusual transposons in a single fungal species, we demonstrate their contributions to population-level variation at the genome, pangenome, and transcriptome levels. The&lt;italic toggle='yes'&gt;Starship&lt;/italic&gt;compendium we develop will not only help predict variation introduced by these elements in laboratory experiments but will serve as a foundational resource for determining how&lt;italic toggle='yes'&gt;Starships&lt;/italic&gt;impact clinically relevant phenotypes, such as antifungal resistance and pathogenicity.&lt;/p&gt;&lt;/sec&gt;&lt;/sec&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2215705</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Society for Microbiology</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>