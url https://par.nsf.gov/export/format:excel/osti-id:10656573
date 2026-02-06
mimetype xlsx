--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10656573</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1111/1365-2745.70172</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Experimental warming drives local grassland plant species loss</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Anderson, Maggie [Department of Ecology, Evolution and Behavior University of Minnesota Twin Cities  St. Paul Minnesota USA] (ORCID:0000000181882399); Isbell, Forest [Department of Ecology, Evolution and Behavior University of Minnesota Twin Cities  St. Paul Minnesota USA] (ORCID:000000019689769X)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Ecology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>113</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>3418 to 3437</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0022-0477</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;&lt;list&gt;&lt;list-item&gt;&lt;p&gt;Climate change poses a growing threat to many ecosystems, including grasslands, which are a current priority for conservation due to their vulnerability to interacting threats from human activity.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;North American grasslands are expected to experience warmer temperatures and more frequent and severe droughts in the coming decades, with potential consequences for native biodiversity.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;We conducted an experiment at Cedar Creek Ecosystem Science Reserve, Minnesota, USA, to investigate how warming and drought treatments affected grassland plant community structure over 6 years in plots planted with species mixtures.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;Warming consistently reduced plant species richness with its effects on Shannon diversity (which additionally considers species' relative abundances) and dominance varying across years. These warming‐by‐year interactions were likely driven by temporal variability in environmental conditions and species‐specific responses. Notably, legumes consistently showed positive responses to warming.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;Drought alone had minimal direct effects on species richness and diversity but reduced variability in diversity responses over time, suggesting greater stability of diversity under drought conditions.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;&lt;italic&gt;Synthesis&lt;/italic&gt;. This study underscores the important role of warming in reducing species richness, altering diversity and reshaping functional group composition in grassland ecosystems. While temporal variability influenced the magnitude of warming effects on diversity, legumes' positive responses highlight the importance of functional group dynamics in potentially buffering against species loss. Long‐term experiments that allow consideration of interannual variability are essential for improving predictions of ecosystem responses and informing adaptive management strategies aimed at sustaining biodiversity and ecosystem functioning in grasslands.&lt;/p&gt;&lt;/list-item&gt;&lt;/list&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2224852; 1831944</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>British Ecological Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>