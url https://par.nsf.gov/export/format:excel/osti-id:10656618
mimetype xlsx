--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,168 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...116 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -182,183 +65,307 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10656618</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Data-Efficient Design of Multistable, Robust Structures for Additive Manufacturing Using Bayesian Optimization</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Li, Zihan; Musa, Moneef; Camacho-Betancourt, Andrea N; Jaeger, Anna E; Boaz, Krista L; Liu, Han; Laflamme, Simon; Secord, Thomas D; Iyanalu, Ayodele; Whitehead, Rob; Rivero, Iris V; Kim, Minhee</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-11-21T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Additive manufacturing (AM) enables the fabrication of complex, highly customized geometries. However, the design and fabrication of structures with advanced functionalities, such as multistability and fail-safe mechanism, remain challenging due to the significant time and costs required for high-fidelity simulations and iterative prototyping.
+In this study, we investigate the application of Bayesian Optimization (BO), an advanced machine learning framework, to accelerate the discovery of optimal AM compatible
+designs with such advanced properties. BO uses a probabilistic surrogate to strategically balances the exploration of design space with few test designs and the exploitation of design space near current best performing designs, thereby reducing the number of design simulations needed. While existing studies have demonstrated the potential of BO in AM, most have focused on static or simple designs. Here, we target multistable structures that can reconfigure among multiple stable states in response to external conditions. Since mechanical performance (e.g., strength) is configuration-dependent, our goal is to identify high performing designs while ensuring that strength in all stable configurations exceeds a prescribed threshold for structural robustness.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2431766</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The Minerals, Metals &amp; Materials Society: TMS</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Austin, Texas, USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>