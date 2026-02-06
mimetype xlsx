--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10657210</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1002/sam.70029</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Testing for the Important Components of Predictive Variance</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dustin, Dean [First Citizens' Bank  Raleigh North Carolina USA] (ORCID:0009000266808566); Ghosh, Souparno [Statistics Department University of Nebraska‐Lincoln  Lincoln Nebraska USA]; Clarke, Bertrand [Statistics Department University of Nebraska‐Lincoln  Lincoln Nebraska USA]</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Statistical Analysis and Data Mining: An ASA Data Science Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1932-1864</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;ABSTRACT&lt;/title&gt; &lt;p&gt;We give a decomposition of the predictive variance based on the law of total variance by making the response variable dependent on a finite dimensional discrete random variable representing our modeling assumptions. Then, we test which terms in this decomposition are small enough to ignore. This allows us to identify which of the discrete random variables, that is, aspects of modeling, are most important to prediction variance. The terms in the decomposition admit interpretations based on conditional means and variances and are analogous to the terms in a Cochran's theorem decomposition of squared error often used in analysis of variance. Thus, the modeling features are treated as factors in completely randomized design.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2007418</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>