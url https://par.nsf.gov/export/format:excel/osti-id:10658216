--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,184 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="44">
-[...132 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -198,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10658216</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/2041-8213/ae0d54</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>GW241011 and GW241110: Exploring Binary Formation and Fundamental Physics with Asymmetric, High-spin Black Hole Coalescences</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Abac, A G (ORCID:0000000347862698); Abouelfettouh, I; Acernese, F; Ackley, K (ORCID:0000000286480767); Adamcewicz, C (ORCID:0000000155256255); Adhicary, S (ORCID:0009000421015428); Adhikari, D; Adhikari, N (ORCID:0000000245598427); Adhikari, R X (ORCID:0000000257315076); Adkins, V K; Afroz, S (ORCID:0009000444592981); Agapito, A; Agarwal, D (ORCID:0000000287355554); Agathos, M (ORCID:0000000290721121); Aggarwal, N; Aggarwal, S; Aguiar, O D (ORCID:0000000221394390); Ahrend, I-L; Aiello, L (ORCID:0000000327718816); Ain, A (ORCID:0000000345344619); Ajith, P (ORCID:0000000175192439); Akutsu, T (ORCID:0000000307337530); Albanesi, S (ORCID:0000000173454415); Ali, W; Al-Kershi, S; Alléné, C; Allocca, A (ORCID:0000000252881351); Al-Shammari, S; Altin, P A (ORCID:0000000181935825); Alvarez-Lopez, S (ORCID:0009000380404936); Amar, W; Amarasinghe, O; Amato, A (ORCID:000000019557651X); Amicucci, F (ORCID:0009000521394197); Amra, C; Ananyeva, A; Anderson, S B (ORCID:0000000322199383); Anderson, W G (ORCID:0000000304825942); Andia, M (ORCID:0000000336759126); Ando, M; Andrés-Carcasona, M (ORCID:0000000287381672); Andrić, T (ORCID:0000000292779773); Anglin, J; Ansoldi, S (ORCID:0000000256137693); Antelis, J M (ORCID:0000000333770813); Antier, S (ORCID:0000000276863334); Antonini, F; Aoumi, M; Appavuravther, E Z; Appert, S; Apple, S K (ORCID:0009000744905804); Arai, K (ORCID:0000000189168915); Araújo-Álvarez, C; Araya, A (ORCID:0000000268842875); Araya, M C (ORCID:0000000260186447); Arca_Sedda, M (ORCID:0000000239870519); Areeda, J S (ORCID:0000000302667936); Aritomi, N; Armato, F (ORCID:0000000288568877); Armstrong, S (ORCID:0009000942852360); Arnaud, N (ORCID:0000000165898673); Arogeti, M (ORCID:0000000151243350); Aronson, S M (ORCID:0000000170808177); Arun, K G (ORCID:0000000269608538); Ashton, G (ORCID:0000000172882231); Aso, Y (ORCID:0000000219026695); Asprea, L; Assiduo, M; Assis_de_Souza_Melo, S; Aston, S M; Astone, P (ORCID:0000000349814120); Aswathi, P S; Attadio, F (ORCID:0009000889161658); Aubin, F (ORCID:0000000316133142); AultONeal, K (ORCID:0000000266454473); Avallone, G (ORCID:0000000154820299); Avila, E A (ORCID:0009000893294525); Babak, S (ORCID:0000000174694250); Badger, C; Bae, S (ORCID:0000000324293357); Bagnasco, S (ORCID:0000000160626505); Baiotti, L (ORCID:0000000304584288); Bajpai, R (ORCID:0000000304955720); Baka, T; Baker, A M; Baker, K A; Baker, T (ORCID:0000000154707616); Baldi, G (ORCID:0000000189633362); Baldicchi, N (ORCID:000900098888291X); Ball, M; Ballardin, G; Ballmer, S W; Banagiri, S (ORCID:0000000178527484); Banerjee, B (ORCID:0000000280082485); Bankar, D (ORCID:0000000260682993); Baptiste, T M; Baral, P (ORCID:000000016308211X); Baratti, M (ORCID:0009000357448025); Barayoga, J C; Barish, B C; Barker, D; Barman, N; Barneo, P (ORCID:0000000288837280); Barone, F (ORCID:0000000280698490); Barr, B (ORCID:0000000252322736); Barsotti, L (ORCID:0000000198192562); Barsuglia, M (ORCID:0000000211804050); Barta, D (ORCID:000000016841550X); Bartoletti, A M; Barton, M A (ORCID:000000029948306X); Bartos, I; Basalaev, A (ORCID:0000000156232853); Bassiri, R (ORCID:0000000181716833); Basti, A (ORCID:0000000328959638); Bawaj, M (ORCID:0000000336113042); Baxi, P; Bayley, J C (ORCID:0000000323064106); Baylor, A C (ORCID:0000000309180864); Baynard, P A; Bazzan, M; Bedakihale, V M; Beirnaert, F (ORCID:0000000240037233); Bejger, M (ORCID:0000000249918213); Belardinelli, D (ORCID:0000000193325733); Bell, A S (ORCID:0000000315230821); Bellie, D S; Bellizzi, L (ORCID:0000000220710400); Benoit, W (ORCID:0000000347509413); Bentara, I (ORCID:000900005074839X); Bentley, J D (ORCID:0000000247367403); Ben_Yaala, M; Bera, S (ORCID:0000000309076098); Bergamin, F (ORCID:0000000211139644); Berger, B K (ORCID:0000000248458737); Bernuzzi, S (ORCID:0000000223340935); Beroiz, M (ORCID:0000000164869897); Berry, C_P L (ORCID:0000000338707215); Bersanetti, D (ORCID:000000027377415X); Bertheas, T; Bertolini, A; Betzwieser, J (ORCID:0000000315339229); Beveridge, D (ORCID:0000000214811993); Bevilacqua, G (ORCID:0000000272986185); Bevins, N (ORCID:0000000243124287); Bhandare, R; Bhatt, R; Bhattacharjee, D (ORCID:0000000166239506); Bhattacharyya, S; Bhaumik, S (ORCID:0000000184922202); Biancalana, V (ORCID:0000000216425391); Bianchi, A; Bilenko, I A; Billingsley, G (ORCID:0000000241412744); Binetti, A (ORCID:0000000164495493); Bini, S (ORCID:0000000202673562); Binu, C; Biot, S; Birnholtz, O (ORCID:0000000275629263); Biscoveanu, S (ORCID:0000000176167366); Bisht, A; Bitossi, M (ORCID:0000000298624668); Bizouard, M-A (ORCID:0000000246181674); Blaber, S; Blackburn, J K (ORCID:0000000238382986); Blagg, L A; Blair, C D; Blair, D G; Bode, N (ORCID:0000000271019396); Boettner, N; Boileau, G (ORCID:0000000235766968); Boldrini, M (ORCID:000000019861821X); Bolingbroke, G N (ORCID:0000000273505291); Bolliand, A; Bonavena, L D (ORCID:0000000226306724); Bondarescu, R (ORCID:0000000303302736); Bondu, F (ORCID:0000000164875197); Bonilla, E (ORCID:0000000262849769); Bonilla, M S (ORCID:000000034502528X); Bonino, A; Bonnand, R (ORCID:0000000150135913); Borchers, A; Borhanian, S; Boschi, V (ORCID:0000000186652293); Bose, S; Bossilkov, V; Bothra, Y (ORCID:0000000293806390); Boudon, A; Bourg, L; Boyle, M; Bozzi, A; Bradaschia, C; Brady, P R (ORCID:0000000246119387); Branch, A; Branchesi, M (ORCID:0000000316430526); Braun, I; Briant, T (ORCID:0000000260131729); Brillet, A; Brinkmann, M; Brockill, P; Brockmueller, E (ORCID:000000021489942X); Brooks, A F (ORCID:000000034295792X); Brown, B C; Brown, D D; Brozzetti, M L (ORCID:0000000252604979); Brunett, S; Bruno, G; Bruntz, R (ORCID:0000000208408567); Bryant, J; Bu, Y; Bucci, F (ORCID:0000000317263838); Buchanan, J; Bulashenko, O (ORCID:0000000317204061); Bulik, T; Bulten, H J; Buonanno, A (ORCID:0000000254331409); Burtnyk, K; Buscicchio, R (ORCID:0000000273876754); Buskulic, D; Buy, C (ORCID:0000000328728186); Byer, R L; Cabourn_Davies, G S (ORCID:0000000242893439); Cabrita, R (ORCID:0000000301331306); Cáceres-Barbosa, V (ORCID:0000000198344781); Cadonati, L (ORCID:000000029846166X); Cagnoli, G (ORCID:0000000270866550); Cahillane, C (ORCID:000000023888314X); Calafat, A; Calderón_Bustillo, J; Callister, T A; Calloni, E; Callos, S R (ORCID:0000000306399342); Caneva_Santoro, G (ORCID:0000000229351600); Cannon, K C (ORCID:0000000340686572); Cao, H; Capistran, L A; Capocasa, E (ORCID:0000000337626958); Capote, E (ORCID:000900070246713X); Capurri, G (ORCID:0000000308891015); Carapella, G; Carbognani, F; Carlassara, M; Carlin, J B (ORCID:0000000156940809); Carlson, T K; Carney, M F; Carpinelli, M (ORCID:000000028205930X); Carrillo, G; Carter, J J (ORCID:0000000188450900); Carullo, G (ORCID:0000000190901862); Casallas-Lagos, A; Casanueva_Diaz, J (ORCID:0000000229485238); Casentini, C (ORCID:0000000181000579); Castro-Lucas, S Y; Caudill, S; Cavaglià, M (ORCID:0000000238356729); Cavalieri, R (ORCID:0000000160640569); Ceja, A; Cella, G (ORCID:0000000207520338); Cerdá-Durán, P (ORCID:000000034293340X); Cesarini, E (ORCID:0000000191273167); Chabbra, N; Chaibi, W; Chakraborty, A (ORCID:0009000449374633); Chakraborty, P (ORCID:0000000209947394); Chakraborty, S; Chalathadka_Subrahmanya, S (ORCID:0000000292074669); Chan, J_C L (ORCID:0000000233774737); Chan, M; Chang, K; Chao, S (ORCID:0000000338533593); Charlton, P (ORCID:0000000242632706); Chassande-Mottin, E (ORCID:0000000337689908); Chatterjee, C (ORCID:0000000187003455); Chatterjee, Debarati (ORCID:0000000209952329); Chatterjee, Deep (ORCID:0000000300385468); Chaturvedi, M; Chaty, S (ORCID:0000000257698601); Chatziioannou, K (ORCID:000000025833413X); Chen, A (ORCID:0000000191747780); Chen, A H-Y; Chen, D (ORCID:0000000314330716); Chen, H; Chen, H Y (ORCID:0000000154033762); Chen, S; Chen, Yanbei; Chen, Yitian (ORCID:0000000286649702); Cheng, H P; Chessa, P (ORCID:0000000190923965); Cheung, H T (ORCID:0000000339050665); Cheung, S Y; Chiadini, F (ORCID:0000000293398622); Chiaramello, D; Chiarini, G; Chiba, A; Chincarini, A (ORCID:0000000340949942); Chiofalo, M L (ORCID:0000000269925963); Chiummo, A (ORCID:0000000321652967); Chou, C; Choudhary, S (ORCID:0000000309497298); Christensen, N (ORCID:0000000268704202); Chua, S_S Y (ORCID:0000000180267597); Ciani, G (ORCID:0000000342589338); Ciecielag, P (ORCID:0000000258714730); Cieślar, M (ORCID:0000000189125587); Cifaldi, M (ORCID:0009000715667093); Cirok, B; Clara, F; Clark, J A (ORCID:0000000332431393); Clarke, T A (ORCID:0000000267145429); Clearwater, P; Clesse, S; Cleva, F; Coccia, E; Codazzo, E (ORCID:0000000171708733); Cohadon, P-F (ORCID:0000000334529415); Colace, S (ORCID:0009000794291847); Colangeli, E; Colleoni, M (ORCID:0000000272149088); Collette, C G; Collins, J; Colloms, S (ORCID:0009000998283646); Colombo, A (ORCID:0000000274394773); Compton, C M; Connolly, G; Conti, L (ORCID:0000000327312656); Corbitt, T R (ORCID:0000000255208541); Cordero-Carrión, I (ORCID:0000000219851361); Corezzi, S (ORCID:0000000234375949); Cornish, N J (ORCID:0000000274350869); Coronado, I; Corsi, A (ORCID:0000000181043536); Cottingham, R; Coughlin, M W (ORCID:0000000282622924); Couineaux, A; Couvares, P (ORCID:0000000228233127); Coward, D M; Coyne, R (ORCID:0000000252435917); Cozzumbo, A; Creighton, J_D E (ORCID:0000000336002406); Creighton, T D; Cremonese, P (ORCID:0000000164728509); Crook, S; Crouch, R; Csizmazia, J; Cudell, J R (ORCID:0000000220034238); Cullen, T J (ORCID:0000000180754088); Cumming, A (ORCID:0000000340967542); Cuoco, E (ORCID:0000000265283449); Cusinato, M (ORCID:0000000340754539); Da_Conceição, L V (ORCID:000000025042443X); Dal_Canton, T (ORCID:0000000150789044); Dal_Pra, S (ORCID:0000000210572307); Dálya, G (ORCID:0000000332585763); D’Angelo, B (ORCID:0000000191438427); Danilishin, S (ORCID:0000000177587493); D’Antonio, S (ORCID:0000000308986030); Danzmann, K; Darroch, K E; Dartez, L P (ORCID:0000000222160465); Das, R; Dasgupta, A; Dattilo, V (ORCID:0000000288168566); Daumas, A; Davari, N; Dave, I; Davenport, A; Davier, M; Davies, T F; Davis, D (ORCID:0000000156206751); Davis, L; Davis, M C (ORCID:0000000176630808); Davis, P (ORCID:0009000450085660); Daw, E J (ORCID:0000000237805430); Dax, M (ORCID:0000000187980627); De_Bolle, J (ORCID:0000000251791725); Deenadayalan, M; Degallaix, J (ORCID:0000000210196911); De_Laurentis, M (ORCID:0000000238154078); De_Lillo, F (ORCID:0000000349770789); Della_Torre, S (ORCID:0000000276690859); Del_Pozzo, W (ORCID:0000000339782030); Demagny, A; De_Marco, F (ORCID:0000000254119424); Demasi, G; De_Matteis, F (ORCID:0000000178609754); Demos, N; Dent, T (ORCID:0000000313547809); Depasse, A (ORCID:0000000310148394); DePergola, N; De_Pietri, R (ORCID:0000000315568304); De_Rosa, R (ORCID:000000024004947X); De_Rossi, C (ORCID:000000025825472X); Desai, M (ORCID:0009000344483681); DeSalvo, R (ORCID:0000000248180296); DeSimone, A; De_Simone, R; Dhani, A (ORCID:0000000199309101); Dhurkunde, R; Diab, R; Díaz, M C (ORCID:0000000275558856); Di_Cesare, M (ORCID:0009000304116043); Dideron, G; Dietrich, T (ORCID:000000032374307X); Di_Fiore, L; Di_Fronzo, C (ORCID:0000000226936769); Di_Giovanni, M (ORCID:0000000340498336); Di_Girolamo, T (ORCID:0000000323394471); Diksha, D; Ding, J (ORCID:0000000316933828); Di_Pace, S (ORCID:0000000167595676); Di_Palma, I (ORCID:0000000315448943); Di_Piero, D; Di_Renzo, F (ORCID:0000000254473810); Divyajyoti (ORCID:0000000227871012); Dmitriev, A (ORCID:000000020314956X); Docherty, J P; Doctor, Z (ORCID:0000000220774914); Doerksen, N (ORCID:0009000237765026); Dohmen, E; Doke, A; Domiciano_De_Souza, A; D’Onofrio, L (ORCID:0000000195465959); Donovan, F; Dooley, K L (ORCID:0000000216360233); Dooney, T; Doravari, S (ORCID:0000000187508330); Dorosh, O; Doyle, W_J D; Drago, M (ORCID:0000000237382431); Driggers, J C (ORCID:0000000261347628); Dunn, L (ORCID:0000000217696097); Dupletsa, U; Duverne, P-A (ORCID:0000000239060997); D’Urso, D (ORCID:0000000282154542); Dutta_Roy, P (ORCID:0000000188744888); Duval, H (ORCID:0000000224751728); Dwyer, S E; Eassa, C; East, W E; Ebersold, M (ORCID:0000000346311771); Eckhardt, T (ORCID:0000000212244681); Eddolls, G (ORCID:0000000258954523); Effler, A (ORCID:0000000182423944); Eichholz, J (ORCID:000000022643163X); Einsle, H; Eisenmann, M; Emma, M (ORCID:0000000179430262); Endo, K; Enficiaud, R (ORCID:0000000339081912); Errico, L (ORCID:0000000321120653); Espinosa, R; Esposito, M (ORCID:0009000984829417); Essick, R C (ORCID:0000000181969267); Estellés, H (ORCID:0000000161435532); Etzel, T; Evans, M (ORCID:0000000184594499); Evstafyeva, T; Ewing, B E; Ezquiaga, J M (ORCID:0000000272133211); Fabrizi, F (ORCID:000000023809065X); Fafone, V (ORCID:0000000313141622); Fairhurst, S (ORCID:0000000184801961); Farah, A M (ORCID:0000000261210285); Farr, B (ORCID:0000000229169200); Farr, W M (ORCID:0000000315408562); Favaro, G (ORCID:0000000203516833); Favata, M (ORCID:0000000182709512); Fays, M (ORCID:0000000243909746); Fazio, M (ORCID:0000000290579663); Feicht, J; Fejer, M M; Felicetti, R (ORCID:0009000562635604); Fenyvesi, E (ORCID:0000000327773719); Fernandes, J; Fernandes, T (ORCID:0009000668202065); Fernando, D; Ferraiuolo, S (ORCID:0009000555822989); Ferreira, T A; Fidecaro, F (ORCID:0000000261893311); Figura, P (ORCID:0000000289250393); Fiori, A (ORCID:0000000331740688); Fiori, I (ORCID:000000020210516X); Fishbach, M (ORCID:0000000219805293); Fisher, R P; Fittipaldi, R (ORCID:0000000320967983); Fiumara, V (ORCID:000000033644217X); Flaminio, R; Fleischer, S M (ORCID:0000000178849993); Fleming, L S; Floden, E; Fong, H; Font, J A (ORCID:0000000166502634); Fontinele-Nunes, F; Foo, C; Fornal, B (ORCID:0000000332712080); Franceschetti, K; Frappez, F; Frasca, S; Frasconi, F (ORCID:0000000342046587); Freed, J P; Frei, Z (ORCID:0000000201818491); Freise, A (ORCID:0000000165869901); Freitas, O (ORCID:0000000228981256); Frey, R (ORCID:0000000303412636); Frischhertz, W; Fritschel, P; Frolov, V V; Fronzé, G G (ORCID:0000000309664279); Fuentes-Garcia, M (ORCID:0000000333908712); Fujii, S; Fujimori, T; Fulda, P; Fyffe, M; Gadre, B (ORCID:0000000215349761); Gair, J R (ORCID:0000000216713668); Galaudage, S (ORCID:0000000218190215); Galdi, V; Gamba, R; Gamboa, A (ORCID:0000000183915596); Gamoji, S; Ganapathy, D (ORCID:0000000330284174); Ganguly, A (ORCID:0000000173940755); Garaventa, B (ORCID:000000032490404X); García-Bellido, J (ORCID:0000000293708360); García-Quirós, C (ORCID:0000000280592477); Gardner, J W (ORCID:0000000285921452); Gardner, K A; Garg, S; Gargiulo, J (ORCID:0000000235076924); Garrido, X (ORCID:0000000270885831); Garron, A (ORCID:000000021601797X); Garufi, F (ORCID:0000000313916168); Garver, P A; Gasbarra, C (ORCID:0000000183359614); Gateley, B; Gautier, F (ORCID:0000000180069590); Gayathri, V (ORCID:0000000271679888); Gayer, T; Gemme, G (ORCID:0000000211277406); Gennai, A (ORCID:0000000301492089); Gennari, V (ORCID:0000000201909262); George, J; George, R (ORCID:0000000277977683); Gerberding, O (ORCID:0000000177402698); Gergely, L (ORCID:0000000331466201); Ghosh, Archisman (ORCID:0000000304233533); Ghosh, Sayantan; Ghosh, Shaon (ORCID:0000000199016253); Ghosh, Shrobana; Ghosh, Suprovo (ORCID:0000000216569870); Ghosh, Tathagata (ORCID:0000000198489905); Giaime, J A (ORCID:000000023531817X); Giardina, K D; Gibson, D R; Gier, C (ORCID:0000000308977943); Gkaitatzis, S (ORCID:0000000194207499); Glanzer, J (ORCID:0009000008080795); Glotin, F (ORCID:0000000326371187); Godfrey, J; Godley, R V; Godwin, P (ORCID:0000000274894751); Goettel, A S (ORCID:0000000262154641); Goetz, E (ORCID:000000032666721X); Golomb, J; Gomez_Lopez, S (ORCID:0000000295574706); Goncharov, B (ORCID:0000000331895807); González, G (ORCID:0000000301993158); Goodarzi, P (ORCID:0009000810936706); Goode, S; Goodwin-Jones, A W (ORCID:0000000203950680); Gosselin, M; Gouaty, R (ORCID:0000000153727084); Gould, D W; Govorkova, K; Grado, A (ORCID:0000000205018256); Graham, V (ORCID:0000000336330135); Granados, A E (ORCID:0000000320999096); Granata, M (ORCID:0000000332751186); Granata, V (ORCID:0000000322466963); Gras, S; Grassia, P; Graves, J; Gray, C; Gray, R (ORCID:0000000255569873); Greco, G; Green, A C (ORCID:0000000262878746); Green, L; Green, S M; Green, S R (ORCID:0000000269876313); Greenberg, C; Gretarsson, A M; Griffin, H K; Griffith, D; Griggs, H L (ORCID:0000000150187908); Grignani, G; Grimaud, C (ORCID:0000000177367730); Grote, H (ORCID:0000000207973943); Grunewald, S (ORCID:0000000346412791); Guerra, D (ORCID:0000000300295390); Guetta, D (ORCID:0000000273491109); Guidi, G M (ORCID:0000000230619870); Guimaraes, A R; Gulati, H K; Gulminelli, F (ORCID:0000000343542849); Guo, H (ORCID:0000000237773117); Guo, W (ORCID:0000000243204420); Guo, Y (ORCID:0000000269599870); Gupta, Anuradha (ORCID:0000000254419013); Gupta, I (ORCID:0000000169328715); Gupta, N C; Gupta, S K; Gupta, V (ORCID:0000000276720480); Gupte, N; Gurs, J; Gutierrez, N; Guttman, N; Guzman, F (ORCID:000000019136929X); Haba, D; Haberland, M (ORCID:0000000198165660); Haino, S; Hall, E D (ORCID:000000019018666X); Hamilton, E Z (ORCID:0000000300989114); Hammond, G (ORCID:0000000214143622); Haney, M; Hanks, J; Hanna, C (ORCID:0000000209657493); Hannam, M D; Hannuksela, O A (ORCID:0000000238877137); Hanselman, A G (ORCID:0000000283040109); Hansen, H; Hanson, J; Hanumasagar, S; Harada, R; Hardison, A R; Harikumar, S (ORCID:0000000226537282); Haris, K; Harley-Trochimczyk, I; Harmark, T (ORCID:0000000227957035); Harms, J (ORCID:0000000273329806); Harry, G M (ORCID:0000000289057622); Harry, I W (ORCID:0000000253049372); Hart, J; Haskell, B; Haster, C J (ORCID:0000000180409807); Haughian, K (ORCID:0000000212237342); Hayakawa, H; Hayama, K; Heffernan, A; Heintze, M C; Heinze, J (ORCID:0000000186922724); Heinzel, J; Heitmann, H (ORCID:0000000306255461); Hellman, F (ORCID:0000000291356330); Helmling-Cornell, A F (ORCID:0000000277098638); Hemming, G (ORCID:0000000152684465); Henderson-Sapir, O (ORCID:0000000216139985); Hendry, M (ORCID:0000000183225405); Heng, I S; Hennig, M H (ORCID:0000000315318460); Henshaw, C (ORCID:0000000242063128); Heurs, M (ORCID:0000000255772273); Hewitt, A L (ORCID:0000000212553492); Heynen, J; Heyns, J; Higginbotham, S; Hild, S; Hill, S; Himemoto, Y (ORCID:0000000268563809); Hirata, N; Hirose, C; Hofman, D; Hogan, B E; Holland, N A; Hollows, I J (ORCID:0000000234046459); Holz, D E (ORCID:0000000201755064); Honet, L; Horton-Bailey, D J; Hough, J (ORCID:0000000332423123); Hourihane, S (ORCID:0000000291520719); Howard, N T; Howell, E J (ORCID:0000000178912817); Hoy, C G (ORCID:0000000288436719); Hrishikesh, C A; Hsi, P; Hsieh, H-F (ORCID:000000028947723X); Hsieh, H-Y; Hsiung, C; Hsu, S-H; Hsu, W-F (ORCID:0000000152343804); Hu, Q (ORCID:0000000230336491); Huang, H Y (ORCID:0000000216652383); Huang, Y (ORCID:0000000229528429); Huang, Y T; Huddart, A D; Hughey, B; Hui, V (ORCID:0000000202332346); Husa, S (ORCID:0000000204451971); Huxford, R; Iampieri, L (ORCID:0009000411612990); Iandolo, G A (ORCID:0000000311554327); Ianni, M; Iannone, G (ORCID:0000000183477549); Iascau, J; Ide, K; Iden, R; Ierardi, A; Ikeda, S; Imafuku, H; Inoue, Y; Iorio, G (ORCID:000000030293503X); Iosif, P (ORCID:0000000316217709); Iqbal, M H; Irwin, J (ORCID:0000000223642191); Ishikawa, R; Isi, M (ORCID:0000000188308672); Isleif, K S (ORCID:0000000170329440); Itoh, Y (ORCID:0000000326948935); Iwaya, M; Iyer, B R (ORCID:0000000241415179); Jacquet, C; Jacquet, P-E (ORCID:0000000195520057); Jacquot, T; Jadhav, S J; Jadhav, S P (ORCID:0000000305540084); Jain, M; Jain, T; James, A L (ORCID:0000000191650807); Jani, K (ORCID:0000000310078912); Janquart, J (ORCID:0000000328887152); Janthalur, N N; Jaraba, S (ORCID:000000024759143X); Jaranowski, P (ORCID:0000000180853414); Jaume, R (ORCID:0000000186913166); Javed, W; Jennings, A; Jensen, M; Jia, W; Jiang, J (ORCID:0000000201543854); Jin, H-B (ORCID:0000000262172428); Johns, G R; Johnson, N A; Johnston, M C (ORCID:0000000206639193); Johnston, R; Johny, N; Jones, D H (ORCID:000000033987068X); Jones, D I; Jones, R; Jose, H E; Joshi, P (ORCID:0000000241484932); Joshi, S K; Joubert, G; Ju, J; Ju, L (ORCID:0000000279514295); Jung, K (ORCID:0000000347898893); Junker, J (ORCID:0000000230514374); Juste, V; Kabagoz, H B (ORCID:0000000209008557); Kajita, T (ORCID:0000000312076638); Kaku, I; Kalogera, V (ORCID:0000000192365469); Kalomenopoulos, M (ORCID:000000016677949X); Kamiizumi, M (ORCID:0000000172161784); Kanda, N (ORCID:0000000162910227); Kandhasamy, S (ORCID:0000000248256764); Kang, G (ORCID:0000000260728189); Kannachel, N C; Kanner, J B; KantiMahanty, S A; Kapadia, S J (ORCID:0000000153181253); Kapasi, D P (ORCID:0000000181894920); Karthikeyan, M; Kasprzack, M (ORCID:0000000346185939); Kato, H; Kato, T; Katsavounidis, E; Katzman, W; Kaushik, R (ORCID:0000000348885154); Kawabe, K; Kawamoto, R; Keitel, D (ORCID:000000022824626X); Kemperman, L J (ORCID:0009000952548397); Kennington, J (ORCID:0000000268993833); Kerkow, F A; Kesharwani, R (ORCID:0009000225285738); Key, J S (ORCID:0000000301237600); Khadela, R; Khadka, S; Khadkikar, S S; Khalili, F Y (ORCID:0000000170682332); Khan, F (ORCID:000000016176853X); Khanam, T; Khursheed, M; Khusid, N M; Kiendrebeogo, W (ORCID:0000000291085059); Kijbunchoo, N (ORCID:0000000228741228); Kim, C; Kim, J C; Kim, K (ORCID:0000000316533795); Kim, M H (ORCID:0009000998943640); Kim, S (ORCID:0000000314374647); Kim, Y-M (ORCID:0000000187206113); Kimball, C (ORCID:0000000198796884); Kimes, K; Kinnear, M; Kissel, J S (ORCID:0000000217029577); Klimenko, S; Knee, A M (ORCID:000000030703947X); Knox, E J; Knust, N (ORCID:0000000259845353); Kobayashi, K; Koehlenbeck, S M (ORCID:0000000238429051); Koekoek, G; Kohri, K (ORCID:0000000337648612); Kokeyama, K (ORCID:0000000228961992); Koley, S (ORCID:0000000257936665); Kolitsidou, P (ORCID:0000000267198686); Koloniari, A E (ORCID:0000000205465638); Komori, K (ORCID:0000000240929602); Kong, A_K H (ORCID:000000025105344X); Kontos, A (ORCID:0000000213470680); Koponen, L M; Korobko, M (ORCID:0000000238393909); Kou, X; Koushik, A (ORCID:0000000276384544); Kouvatsos, N (ORCID:0000000254973401); Kovalam, M; Koyama, T; Kozak, D B; Kranzhoff, S L; Kringel, V; Krishnendu, N V (ORCID:0000000234837517); Kroker, S; Królak, A (ORCID:0000000345147690); Kruska, K; Kubisz, J (ORCID:0000000172588673); Kuehn, G; Kulkarni, S (ORCID:0000000180570203); Kulur_Ramamohan, A (ORCID:0000000336811887); Kumar, Achal; Kumar, Anil; Kumar, Praveen (ORCID:0000000222884252); Kumar, Prayush (ORCID:0000000155234603); Kumar, Rahul; Kumar, Rakesh; Kume, J (ORCID:0000000331265100); Kuns, K (ORCID:0000000306303902); Kuntimaddi, N; Kuroyanagi, S (ORCID:0000000165381447); Kuwahara, S (ORCID:0009000922498798); Kwak, K (ORCID:0000000223047798); Kwan, K; Kwon, S (ORCID:0009000637707044); Lacaille, G; Laghi, D (ORCID:0000000174623794); Laity, A H; Lalande, E; Lalleman, M (ORCID:000000022254010X); Lalremruati, P C; Landry, M; Lane, B B; Lang, R N (ORCID:0000000248045537); Lange, J; Langgin, R (ORCID:0000000251166217); Lantz, B (ORCID:0000000274044845); L_Rosa, I (ORCID:0000000301071540); Larsen, J; Lartaux-Vollard, A (ORCID:000000031714365X); Lasky, P D (ORCID:0000000337631386); Lawrence, J (ORCID:0000000312220433); Laxen, M (ORCID:0000000175159639); Lazarte, C (ORCID:0000000269649321); Lazzarini, A (ORCID:0000000259938808); Lazzaro, C; Leaci, P (ORCID:0000000239975046); Leali, L; Lecoeuche, Y K (ORCID:0000000291867034); Lee, H M (ORCID:0000000344127161); Lee, H W (ORCID:0000000219983209); Lee, J; Lee, K (ORCID:0000000304703718); Lee, R-K (ORCID:0000000271717274); Lee, R; Lee, Sungho (ORCID:0000000160342238); Lee, Sunjae; Lee, Y; Legred, I N; Lehmann, J; Lehner, L; Le_Jean, M (ORCID:0009000380473958); Lematre, A (ORCID:0000000268659245); Lenti, M (ORCID:0000000227653955); Leonardi, M (ORCID:0000000276410060); Lequime, M; Leroy, N (ORCID:0000000223211017); Lesovsky, M; Letendre, N; Lethuillier, M (ORCID:0000000161852045); Levin, Y; Leyde, K; Li, A_K Y; Li, K L (ORCID:0000000182292024); Li, T_G F; Li, X (ORCID:0000000237807735); Li, Y; Li, Z; Lihos, A; Lin, E T (ORCID:0000000200308051); Lin, F; Lin, L C-C (ORCID:0000000340839567); Lin, Y-C (ORCID:0000000349391404); Lindsay, C; Linker, S D; Liu, A (ORCID:0000000310818722); Liu, G C (ORCID:0000000156633016); Liu, Jian (ORCID:0000000167263268); Llamas_Villarreal, F; Llobera-Querol, J (ORCID:0000000333226850); Lo, R_K L (ORCID:0000000315616716); Locquet, J-P; Loggins, S_C G; Loizou, M R; London, L T; Longo, A (ORCID:0000000342548579); Lopez, D (ORCID:0000000333429906); Lopez_Portilla, M; Lorenzo-Medina, A (ORCID:0009000608605700); Loriette, V; Lormand, M; Losurdo, G (ORCID:000000030452746X); Lotti, E; Lott_IV, T P (ORCID:000900022864162X); Lough, J D (ORCID:0000000251600239); Loughlin, H A; Lousto, C O (ORCID:0000000264009640); Low, N; Lu, N (ORCID:0000000288619902); Lucchesi, L (ORCID:0000000259168014); Lück, H; Lumaca, D (ORCID:0000000236281591); Lundgren, A P (ORCID:0000000203634469); Lussier, A W (ORCID:0000000245071123); Macas, R (ORCID:0000000260968297); MacInnis, M; Macleod, D M (ORCID:0000000213958694); MacMillan, I_A O (ORCID:0000000269271031); Macquet, A (ORCID:0000000159556415); Maeda, K; Maenaut, S (ORCID:0000000314642605); Magare, S S; Magee, R M (ORCID:000000019769531X); Maggio, E (ORCID:0000000219608185); Maggiore, R; Magnozzi, M (ORCID:0000000345128430); Mahapatra, P; Mahesh, M; Maini, M; Majhi, S; Majorana, E; Makarem, C N; Malagon, N; Malakar, D (ORCID:0000000342344023); Malaquias-Reis, J A; Mali, U (ORCID:0009000312852788); Maliakal, S; Malik, A; Mallick, L (ORCID:0000000186249162); Malz, A-K (ORCID:0009000471964170); Man, N; Mancarella, M (ORCID:000000020675508X); Mandic, V (ORCID:0000000163338621); Mangano, V (ORCID:0000000179028505); Manning, N; Mannix, B; Mansell, G L (ORCID:0000000347366678); Manske, M (ORCID:0000000277781189); Mantovani, M (ORCID:0000000244245726); Mapelli, M (ORCID:0000000187992548); Marinelli, C (ORCID:0000000235964307); Marion, F (ORCID:0000000281841017); Markosyan, A S; Markowitz, A; Maros, E; Marsat, S (ORCID:0000000194491071); Martelli, F (ORCID:0000000337618616); Martin, I W (ORCID:0000000173009151); Martin, R M (ORCID:0000000196642216); Martinez, B B; Martinez, D A; Martinez, M; Martinez, V (ORCID:0000000158522301); Martini, A; Martins, J C (ORCID:0000000260994831); Martynov, D V; Marx, E J; Massaro, L; Masserot, A; Masso-Reid, M (ORCID:0000000161778105); Mastrogiovanni, S (ORCID:0000000316064183); Matcovich, T (ORCID:000900041209008X); Matiushechkina, M (ORCID:0000000299578720); Maurin, L; Mavalvala, N (ORCID:0000000302199706); Maxwell, N; McCarrol, G; McCarthy, R; McClelland, D E (ORCID:0000000162105842); McCormick, S; McCuller, L (ORCID:0000000308510593); McEachin, S; McElhenny, C; McGhee, G I (ORCID:0000000150382658); McGinn, J; McGowan, K_B M; McIver, J (ORCID:0000000303161355); McLeod, A (ORCID:0000000154248368); McMahon, I (ORCID:0000000245291505); McRae, T; McTeague, R (ORCID:0009000433296079); Meacher, D (ORCID:0000000158820368); Meagher, B N; Mechum, R; Meijer, Q; Melatos, A; Menoni, C S (ORCID:0000000191852572); Mera, F; Mercer, R A (ORCID:0000000183723914); Mereni, L; Merfeld, K; Merilh, E L; Mérou, J R (ORCID:0000000257766643); Merritt, J D; Merzougui, M; Messick, C (ORCID:0000000282303309); Mestichelli, B; Meyer-Conde, M (ORCID:0000000322306310); Meylahn, F (ORCID:000000029556142X); Mhaske, A; Miani, A (ORCID:0000000177373129); Miao, H; Michel, C (ORCID:000000030606725X); Michimura, Y (ORCID:0000000222184002); Middleton, H (ORCID:0000000155323622); Mihaylov, D P (ORCID:000000028820407X); Miller, S J (ORCID:0000000156707046); Millhouse, M (ORCID:0000000286595898); Milotti, E (ORCID:0000000173489765); Milotti, V (ORCID:0000000347321226); Minenkov, Y; Minihan, E M; Mir, Ll M (ORCID:000000024276715X); Mirasola, L (ORCID:0009000401741377); Miravet-Tenés, M (ORCID:0000000287661156); Miritescu, C-A (ORCID:0000000277160569); Mishra, A; Mishra, C (ORCID:0000000281158728); Mishra, T (ORCID:0000000278811677); Mitchell, A L; Mitchell, J G; Mitra, S (ORCID:0000000208004626); Mitrofanov, V P (ORCID:0000000269834981); Mitsuhashi, K; Mittleman, R; Miyakawa, O (ORCID:0000000290857600); Miyoki, S (ORCID:0000000212138416); Miyoko, A; Mo, G (ORCID:000000016331112X); Mobilia, L (ORCID:0009000030222358); Mohapatra, S_R P; Mohite, S R (ORCID:0000000313567156); Molina-Ruiz, M (ORCID:0000000348923042); Mondin, M; Montani, M; Moore, C J; Moraru, D; More, A (ORCID:0000000177147076); More, S (ORCID:0000000229862371); Moreno, C (ORCID:000000020496032X); Moreno, E A (ORCID:0000000156663637); Moreno, G; Moreso_Serra, A; Morisaki, S (ORCID:0000000284456747); Moriwaki, Y (ORCID:0000000244976908); Morras, G (ORCID:0000000299778546); Moscatello, A (ORCID:0000000154807406); Mould, M (ORCID:0000000154602910); Mours, B (ORCID:0000000264446402); Mow-Lowry, C M (ORCID:0000000203514555); Muccillo, L (ORCID:0009000062370590); Muciaccia, F (ORCID:0000000308502649); Mukherjee, D (ORCID:0000000173359418); Mukherjee, Samanwaya; Mukherjee, Soma; Mukherjee, Subroto; Mukherjee, Suvodip (ORCID:0000000233735236); Mukund, N (ORCID:0000000286669156); Mullavey, A; Mullock, H; Mundi, J; Mungioli, C L; Murakoshi, M; Murray, P G (ORCID:0000000282182404); Nabari, D (ORCID:0009000685007624); Nadji, S L; Nagar, A; Nagarajan, N (ORCID:0000000336950078); Nakagaki, K; Nakamura, K (ORCID:0000000161484289); Nakano, H (ORCID:0000000176650796); Nakano, M; Nanadoumgar-Lacroze, D (ORCID:0009000972558111); Nandi, D; Napolano, V; Narayan, P (ORCID:000900090599532X); Nardecchia, I (ORCID:0000000155582595); Narikawa, T; Narola, H; Naticchioni, L (ORCID:0000000329180730); Nayak, R K (ORCID:0000000268147792); Negri, L; Nela, A; Nelle, C; Nelson, A (ORCID:0000000259094692); Nelson, T_J N; Nery, M; Neunzert, A (ORCID:0000000303230111); Ng, S; Nguyen_Quynh, L (ORCID:0000000218283702); Nichols, S A; Nielsen, A B (ORCID:0000000186944026); Nishino, Y; Nishizawa, A (ORCID:0000000335620990); Nissanke, S; Niu, W (ORCID:000000031470532X); Nocera, F; Noller, J; Norman, M; North, C; Novak, J (ORCID:0000000260294712); Nowicki, R (ORCID:0009000866260725); Nuño_Siles, J F (ORCID:0000000183048066); Nuttall, L K (ORCID:0000000285998791); Obayashi, K; Oberling, J (ORCID:0009000141743973); O’Dell, J; Oelker, E (ORCID:0000000239161595); Oertel, M (ORCID:0000000218848654); Oganesyan, G; O’Hanlon, T; Ohashi, M (ORCID:0000000180720304); Ohme, F (ORCID:0000000304935607); Oliveri, R (ORCID:000000027497871X); Omer, R; O’Neal, B; Onishi, M; Oohara, K (ORCID:0000000275186677); O’Reilly, B (ORCID:0000000238748335); Orselli, M (ORCID:0000000335638576); O’Shaughnessy, R (ORCID:0000000158328517); O’Shea, S; Oshino, S (ORCID:0000000227946029); Osthelder, C; Ota, I (ORCID:0000000150452484); Ottaway, D J (ORCID:0000000167941591); Ouzriat, A; Overmier, H; Owen, B J (ORCID:0000000339190780); Ozaki, R; Pace, A E (ORCID:0009000340440334); Pagano, R (ORCID:0000000183620130); Page, M A (ORCID:0000000252987914); Pai, A (ORCID:0000000334764589); Paiella, L; Pal, A; Pal, S (ORCID:0000000321728589); Palaia, M A (ORCID:0009000732968648); Pálfi, M; Palma, P P; Palomba, C (ORCID:0000000244509883); Palud, P (ORCID:0000000258506325); Pan, H; Pan, J; Pan, K C (ORCID:0000000214739880); Panda, P K; Pandey, Shiksha; Pandey, Swadha; Pang, P_T H; Pannarale, F (ORCID:0000000275373210); Pannone, K A; Pant, B C; Panther, F H; Panzeri, M; Paoletti, F (ORCID:0000000188981963); Paolone, A (ORCID:0000000248397815); Papadopoulos, A (ORCID:000900061882996X); Papalexakis, E E; Papalini, L (ORCID:0000000252190454); Papigkiotis, G (ORCID:0009000822057426); Paquis, A; Parisi, A (ORCID:0000000302518914); Park, B-J; Park, J (ORCID:0000000275100079); Parker, W (ORCID:0000000277114423); Pascale, G; Pascucci, D (ORCID:0000000319070175); Pasqualetti, A (ORCID:0000000306205990); Passaquieti, R (ORCID:0000000347539428); Passenger, L; Passuello, D; Patane, O (ORCID:0000000248502355); Patel, A V (ORCID:0000000168729197); Pathak, D; Patra, A; Patricelli, B (ORCID:0000000167090969); Patterson, B G; Paul, K (ORCID:0000000284066503); Paul, S (ORCID:0000000244491732); Payne, E (ORCID:0000000345078373); Pearce, T; Pedraza, M; Pele, A (ORCID:0000000218733769); Peña_Arellano, F E (ORCID:0000000285165159); Peng, X; Peng, Y; Penn, S (ORCID:0000000349560853); Penuliar, M D; Perego, A (ORCID:0000000209368237); Pereira, Z; Périgois, C (ORCID:0000000297792838); Perna, G (ORCID:0000000273641904); Perreca, A (ORCID:0000000262692490); Perret, J (ORCID:0009000649751536); Perriès, S (ORCID:0000000322133579); Perry, J W; Pesios, D; Peters, S; Petracca, S; Petrillo, C; Pfeiffer, H P (ORCID:000000019288519X); Pham, H; Pham, K A (ORCID:0000000276501034); Phukon, K S (ORCID:0000000315610760); Phurailatpam, H; Piarulli, M; Piccari, L (ORCID:0009000002474339); Piccinni, O J...</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>The_LIGO_Scientific_Collaboration,_the_Virgo_Collaboration,_and_the_KAGRA_Collaboration</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-10-28T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Letters</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>993</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>L21</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2041-8205</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We report the observation of gravitational waves from two binary black hole coalescences during the fourth observing run of the LIGO–Virgo–KAGRA detector network, GW241011 and GW241110. The sources of these two signals are characterized by rapid and precisely measured primary spins, nonnegligible spin–orbit misalignment, and unequal mass ratios between their constituent black holes. These properties are characteristic of binaries in which the more massive object was itself formed from a previous binary black hole merger and suggest that the sources of GW241011 and GW241110 may have formed in dense stellar environments in which repeated mergers can take place. As the third-loudest gravitational-wave event published to date, with a median network signal-to-noise ratio of 36.0, GW241011 furthermore yields stringent constraints on the Kerr nature of black holes, the multipolar structure of gravitational-wave generation, and the existence of ultralight bosons within the mass range 10&lt;sup&gt;−13&lt;/sup&gt;–10&lt;sup&gt;−12&lt;/sup&gt;eV.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2146528; 2110594</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IOP Publishing</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>