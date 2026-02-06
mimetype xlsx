--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10658406</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.5194/essd-18-245-2026</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Global Spectra-Trait Initiative: A database of paired leaf spectroscopy and functional traits associated with leaf photosynthetic capacity</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lamour, Julien (ORCID:000000024410507X); Serbin, Shawn P; Rogers, Alistair; Acebron, Kelvin T; Ainsworth, Elizabeth; Albert, Loren P (ORCID:0000000296746071); Alonzo, Michael; Anderson, Jeremiah; Atkin, Owen K (ORCID:0000000310415202); Barbier, Nicolas; Barnes, Mallory L (ORCID:0000000185286981); Bernacchi, Carl J (ORCID:000000022397425X); Besson, Ninon; Burnett, Angela C; Caplan, Joshua S (ORCID:0000000346242956); Chave, Jérôme; Cheesman, Alexander W; Clocher, Ilona; Coast, Onoriode (ORCID:0000000250134715); Coste, Sabrina; Croft, Holly; Cui, Boya; Dauvissat, Clément; Davidson, Kenneth J; Doughty, Christopher; Ely, Kim S; Evans, John R; Féret, Jean-Baptiste (ORCID:0000000201511334); Filella, Iolanda; Fortunel, Claire; Fu, Peng; Furbank, Robert T; Garcia, Maquelle; Gimenez, Bruno O (ORCID:0000000173369448); Guan, Kaiyu (ORCID:0000000234996382); Guo, Zhengfei; Heckmann, David; Heuret, Patrick; Isaac, Marney; Kothari, Shan (ORCID:0000000194455548); Kumagai, Etsushi; Kyaw, Thu Ya (ORCID:0000000223852455); Liu, Liangyun (ORCID:000000027987037X); Liu, Lingli (ORCID:0000000256963151); Liu, Shuwen; Llusià, Joan; Magney, Troy; Maréchaux, Isabelle (ORCID:0000000254010197); Martin, Adam R (ORCID:0000000272074004); Meacham-Hensold, Katherine; Montes, Christopher M; Ogaya, Romà; Ojo, Joy; Oliveira, Regison (ORCID:0000000292772627); Paquette, Alain; Peñuelas, Josep (ORCID:0000000272150150); Placido, Antonia Debora; Posada, Juan M; Qian, Xiaojin; Renninger, Heidi J; Rodriguez-Caton, Milagros (ORCID:0000000296080150); Rojas-González, Andrés (ORCID:0009000802641529); Schlüter, Urte; Sellan, Giacomo; Siegert, Courtney M; Silva-Perez, Viridiana; Song, Guangqin; Southwick, Charles D; Souza, Daisy C; Stahl, Clément; Su, Yanjun (ORCID:000000017931339X); Sujeeun, Leeladarshini; Ting, To-Chia; Vasquez, Vicente (ORCID:0000000323671774); Vijayakumar, Amrutha; Vilas-Boas, Marcelo; Wang, Diane R; Wang, Sheng (ORCID:0000000333853109); Wang, Han; Wang, Jing (ORCID:0000000301166179); Wang, Xin; Weber, Andreas_P M; Wong, Christopher_Y S; Wu, Jin; Wu, Fengqi (ORCID:0000000265126830); Wu, Shengbiao (ORCID:0000000345696366); Yan, Zhengbing; Yang, Dedi; Zhao, Yingyi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2026-01-09T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Earth System Science Data</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>245 to 265</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1866-3516</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Abstract. Accurate assessment of leaf functional traits is crucial for a diverse range of applications from crop phenotyping to parameterizing global climate models. Leaf reflectance spectroscopy offers a promising avenue to advance ecological and agricultural research by complementing traditional, time-consuming gas exchange measurements. However, the development of robust hyperspectral models for predicting leaf photosynthetic capacity and associated traits from reflectance data has been hindered by limited data availability across species and environments. Here we introduce the Global Spectra-Trait Initiative (GSTI), a collaborative repository of paired leaf hyperspectral and gas exchange measurements from diverse ecosystems. The GSTI repository currently encompasses over 7500 observations from 397 species and 41 sites gathered from 36 published and unpublished studies, thereby offering a key resource for developing and validating hyperspectral models of leaf photosynthetic capacity. The GSTI database is developed on GitHub (https://github.com/plantphys/gsti, last access: 4 January 2026) and published to ESS-DIVE https://doi.org/10.15485/2530733, Lamour et al., 2025). It includes gas exchange data, derived photosynthetic parameters, and key leaf traits often associated with traditional gas exchange measurements such as leaf mass per area and leaf elemental composition. By providing a standardized repository for data sharing and analysis, we present a critical step towards creating hyperspectral models for predicting photosynthetic traits and associated leaf traits for terrestrial plants.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1951647</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2026</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Copernicus Publications</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>