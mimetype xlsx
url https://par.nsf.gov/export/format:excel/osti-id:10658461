--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10658461</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.52953/XFJH6676</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Incentive mechanism design for semi-asynchronous blockchain-based federated edge learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Liu, Xuanzhang; Liu, Jiyao; Wei, Xinliang; Wang, Yu</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ITU Journal on Future and Evolving Technologies</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>119 to 131</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2616-8375</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Federated learning at edge systems not only mitigates privacy concerns by keeping data localized but also leverages edge computing resources to enable real-time AI inference and decision-making. In a blockchain-based federated learning framework over edge clouds, edge servers as clients can contribute private data or computing resources to the overall training or mining task for secure model aggregation. To overcome the impractical assumption that edge servers will voluntarily join training or mining, it is crucial to design an incentive mechanism that motivates edge servers to achieve optimal training and mining outcomes. In this paper, we investigate the incentive mechanism design for a semi-asynchronous blockchain-based federated edge learning system. We model the resource pricing mechanism among edge servers and task publishers as a Stackelberg game and prove the existence and uniqueness of a Nash equilibrium in such a game. We then propose an iterative algorithm based on the Alternating Direction Method of Multipliers (ADMM) to achieve the optimal strategies for each participating edge server. Finally, our simulation results verify the convergence and efficiency of our proposed scheme.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2128378</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ITU Journal on Future and Evolving Technologies</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>