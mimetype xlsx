--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10659172</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/2041-8213/ae1837</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Enabling Early Transient Discovery in LSST via Difference Imaging with DECam</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dong_董, Yize 一泽 (ORCID:0000000279376371); de_Soto, Kaylee (ORCID:0000000298862834); Villar, V Ashley (ORCID:0000000258144061); Nugent, Anya (ORCID:0000000220289329); Gagliano, Alex (ORCID:0000000349068447); Bostroem, K Azalee (ORCID:000000024924444X); Alexov, Anastasia (ORCID:0009000078353963); Aubourg, Éric (ORCID:000000025592023X); Azfar, Farrukh (ORCID:0000000240522511); Boucaud, Alexandre (ORCID:0000000173872633); Bradshaw, Andrew; Cohen-Tanugi, Johann (ORCID:0000000190224232); Dagoret-Campagne, Sylvie (ORCID:0000000311317030); Daly, Philip; Daruich, Felipe; Doherty, Peter E; Drass, Holger (ORCID:0000000277909971); Eiger, Orion (ORCID:000000032933391X); Guy, Leanne P (ORCID:0000000308008755); Hascall, Patrick A; Ivezić, Željko (ORCID:0000000152502633); Jammes, Fabrice; Jee, M James (ORCID:0000000257513697); Jenness, Tim (ORCID:000000015982167X); Kahn, Steven M (ORCID:0000000348339137); Kang, Yijung (ORCID:0000000252615803); Kelvin, Lee S (ORCID:0000000193954759); Kotov, Ivan V; Kovács, Gábor (ORCID:000000031779775X); Le_Guillou, Laurent (ORCID:0000000171788868); Liang, Shuang; Lutfi, Mostafa (ORCID:0000000328663802); May, Morgan; Megias_Homar, Guillem (ORCID:0000000160131131); Moniez, Marc; Arancibia, Freddy Muñoz; Nourbakhsh, Erfan (ORCID:0000000338274691); Park, Hye Yun (ORCID:0000000272952743); Peterson, John R (ORCID:0000000154719609); Plazas_Malagón, Andrés A (ORCID:0000000225980514); Polin, Daniel (ORCID:0000000174454724); Quint, Bruno C (ORCID:0000000215573560); Ribeiro, Tiago (ORCID:0000000201381365); Riot, Vincent J (ORCID:0000000182393079); Roucelle, Cécile (ORCID:0000000296414552); Sánchez, Bruno O (ORCID:0000000286870669); Sanmartim, David (ORCID:0000000292389521); Sebag, Jacques; Sedaghat, Nima (ORCID:0000000347342019); Shaw, Richard A (ORCID:0000000340585202); Shugart, Alysha (ORCID:0009000067787168); Elorriaga, Ioana Sotuela (ORCID:0009000163793365); Suberlak, Krzysztof (ORCID:0000000295891306); Swinbank, John D (ORCID:0000000194451846); Thomas, Sandrine (ORCID:0000000291213436); Tyson, J Anthony (ORCID:0000000292428797); van_Reeven, Wouter (ORCID:0000000214319245); Ward, Charlotte (ORCID:0000000245576682); Waters, Christopher Z (ORCID:0000000319894879); Wiecha, Oliver; Wood-Vasey, W M (ORCID:0000000171131233)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-11-11T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Letters</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>994</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>L8</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2041-8205</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present&lt;monospace&gt;SLIDE&lt;/monospace&gt;, a pipeline that enables transient discovery in data from the Vera C. Rubin Observatory’s Legacy Survey of Space and Time (LSST), using archival images from the Dark Energy Camera as templates for difference imaging. We apply this pipeline to the recently released Data Preview 1 (DP1; the first public release of Rubin commissioning data) and search for transients in the resulting difference images. The image subtraction, photometry extraction, and transient detection are all performed on the Rubin Science Platform. We demonstrate that&lt;monospace&gt;SLIDE&lt;/monospace&gt;effectively extracts clean photometry by circumventing poor or missing LSST templates. We identified 29 previously unreported transients, 12 of which would not have been detected based on the DP1&lt;monospace&gt;DiaObject&lt;/monospace&gt;catalog.&lt;monospace&gt;SLIDE&lt;/monospace&gt;will be especially useful for transient analysis in the early years of LSST, when template coverage will be largely incomplete or when templates may be contaminated by transients present at the time of acquisition. We present multiband light curves for a sample of known transients, along with new transient candidates identified through our search. Finally, we discuss the prospects of applying this pipeline during the main LSST survey. Our pipeline is broadly applicable and will support studies of all transients with slowly evolving phases.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2433718</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AAS</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>