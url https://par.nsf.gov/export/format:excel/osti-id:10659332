--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10659332</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/adf224</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Orbital and Physical Properties of the Pleiades Binary 27 Tau (Atlas)</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Torres, Guillermo (ORCID:0000000252860251); Tkachenko, Andrew (ORCID:0000000308422374); Pavlovski, Krešimir (ORCID:0000000280984892); Gossage, Seth (ORCID:0000000166926410); Schaefer, Gail H (ORCID:0000000154159189); Melis, Carl (ORCID:0000000198347579); Ireland, Michael (ORCID:000000026194043X); Monnier, John D (ORCID:0000000233803307); Anugu, Narsireddy (ORCID:0000000222086541); Kraus, Stefan (ORCID:0000000160178773); Lanthermann, Cyprien (ORCID:0000000197455834); Gordon, Kathryn (ORCID:000000031338531X); Klement, Robert (ORCID:0000000243130169); Murphy, Simon J (ORCID:0000000256483107); Roettenbacher, Rachael M (ORCID:0000000292883482)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-09-02T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>990</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>107</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We report new spectroscopic and interferometric observations of the Pleiades binary star Atlas, which played an important role nearly 3 decades ago in settling the debate over the distance to the cluster from ground-based and space-based determinations. We use the new measurements, together with other published and archival astrometric observations, to improve the determination of the 291 day orbit and the distance to Atlas (136.2 ± 1.4 pc). We also derive the main properties of the components, including their absolute masses (5.04 ± 0.17&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;and 3.64 ± 0.12&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;), sizes, effective temperatures, projected rotational velocities, and chemical compositions. We find that the more evolved primary star is rotationally distorted, and we are able to estimate its oblateness and the approximate orientation of its spin axis from the interferometric observations. The spin axis may well be aligned with the orbital axis. Models of stellar evolution from the Modules for Experiments in Stellar Astrophysics (or MESA) that account for rotation provide a good match to all of the primary’s global properties, and point to an initial angular rotation rate on the zero-age main sequence of about 55% of the breakup velocity. The current location of the star in the Hertzsprung–Russell diagram is near the very end of the hydrogen-burning main sequence, at an age of about 105 Myr, according to these models. Our spectroscopic analysis of the more slowly rotating secondary indicates that it is a helium-weak star, with other chemical anomalies.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2407956; 2034336</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Astronomical Society / IOP</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>