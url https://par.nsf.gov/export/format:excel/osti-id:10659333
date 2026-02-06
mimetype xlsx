--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10659333</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/adf3b1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Small Separation A-star Companion Population: Tentative Signatures of Enhanced Multiplicity with Primary Mass</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>De_Furio, Matthew (ORCID:0000000318634960); Gardner, Tyler (ORCID:0000000230033183); Monnier, John D (ORCID:0000000233803307); Meyer, Michael R (ORCID:0000000312273084); Kratter, Kaitlin M (ORCID:0000000152531338); Lanthermann, Cyprien (ORCID:0000000197455834); Anugu, Narsireddy (ORCID:0000000222086541); Kraus, Stefan (ORCID:0000000160178773); Setterholm, Benjamin R (ORCID:0000000159800246)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-08-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>990</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present updated results from our near-infrared long-baseline interferometry (LBI) survey to constrain the multiplicity properties of intermediate-mass A-type stars within 80 pc. Previous adaptive optics surveys of A-type stars are incomplete at separations &lt;20 au. Therefore, an LBI survey allows us to explore separations previously unexplored. Our sample consists of 54 A-type primaries with estimated masses between 1.44 and 2.93&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;and ages 10–790 Myr, which we observed with the Michigan Infra-Red Combiner-eXeter and Michigan Young Star Imager at Center for High Angular Resolution Astronomy instruments at the Center for High Angular Resolution Astronomy Array. We use the open source software CANDID to detect two new companions, seven in total, and we performed a Bayesian demographic analysis to characterize the companion population. We find the separation distribution consistent with being flat, and we estimate a power-law fit to the mass ratio distribution with index –0.13&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msubsup&gt;&lt;mrow/&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;0.95&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;0.92&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/math&gt;&lt;/inline-formula&gt;and a companion frequency of 0.25&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msubsup&gt;&lt;mrow/&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;0.11&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;0.17&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/math&gt;&lt;/inline-formula&gt;over mass ratios 0.1–1.0 and projected separations 0.01–27.54 au. We find a posterior probability of 0.53 and 0.04 that our results are consistent with extrapolations based on previous models of the solar-type and B-type companion population, respectively. Our results suggest that the close companion population to A-type stars is comparable to that of solar-type stars and that close companions to B-type stars are potentially more frequent, which may be indicative of increased disk fragmentation for stars ≳3&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2407956; 2034336</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Astronomical Society / IOP</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>