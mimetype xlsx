--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10659475</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1111/nph.70606</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Rooting for function: community‐level fine‐root traits relate to many ecosystem functions</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Barry, Kathryn E [Ecology and Biodiversity, Department of Biology Utrecht University  Padualaan 8 3584 CH Utrecht the Netherlands] (ORCID:0000000168936479); Hennecke, Justus [Forest Ecology and Forest Management Group Wageningen University &amp;amp; Research  PO Box 47 6700 AA Wageningen the Netherlands] (ORCID:0000000268392333); Weigelt, Alexandra [German Center for Integrative Biodiversity Research (iDiv) Halle‐Jena‐Leipzig  Puschstr. 4 04103 Leipzig Germany] (ORCID:000000016242603X); Bergmann, Joana [Leibniz Centre for Agricultural Landscape Research (ZALF)  Eberswalder Straße 84 15374 Müncheberg Germany] (ORCID:0000000220084198); Bruelheide, Helge [Institute of Biology/Geobotany and Botanical Garden Martin Luther University Halle‐Wittenberg  Am Kirchtor 1 06108 Halle (Saale) Germany] (ORCID:0000000331350356); Freschet, Grégoire T [Theoretical and Experimental Ecology Station CNRS  2 route du CNRS 09200 09200 France] (ORCID:0000000288303860); Iversen, Colleen M [Environmental Sciences Division Oak Ridge National Laboratory  1 Bethel Valley Rd #5200 Oak Ridge TN 37831 USA] (ORCID:0000000182933450); Kuyper, Thomas W [Soil Biology Group Wageningen University &amp;amp; Research  PO Box 47 6700 AA Wageningen the Netherlands] (ORCID:0000000238964943); Laughlin, Daniel C [Department of Botany University of Wyoming  1000 E. University Ave Laramie WY 82071 USA] (ORCID:0000000296515732); McCormack, M Luke [Center for Tree Science The Morton Arboretum  4100 Illinois Route 53 Lisle IL 60532 USA] (ORCID:0000000283005215); Roumet, Catherine [CEFE, Univ Montpellier CNRS, EPHE, IRD  163 rue Auguste Broussonnet 34090 e Montpellier France] (ORCID:0000000313209770); van_der_Plas, Fons [Plant Ecology and Nature Conservation Wageningen University  PO Box 47 6700 AA Wageningen the Netherlands] (ORCID:000000034680543X); van_Ruijven, Jasper [Forest Ecology and Forest Management Group Wageningen University &amp;amp; Research  PO Box 47 6700 AA Wageningen the Netherlands] (ORCID:0000000300032363); Wijsmuller, Rachel [Forest Ecology and Forest Management Group Wageningen University &amp;amp; Research  PO Box 47 6700 AA Wageningen the Netherlands]; Auge, Harald [Department of Community Ecology Helmholtz Centre for Environmental Research – UFZ  Theodor‐Lieser‐Str. 4 06120 Halle Germany] (ORCID:0000000174328453); Eisenhauer, Nico [Experimental Interaction Ecology, Institute of Biology Leipzig University  Puschstr. 4 04103 Leipzig Germany] (ORCID:0000000203716720); Haase, Josephine [Department of Aquatic Ecology Eawag – Swiss Federal Institute of Aquatic Science and Technology  Überlandstrasse 133 8600 Dübendorf Switzerland]; Nock, Charles A [Department of Renewable Resources, Faculty of Agriculture, Life and Environmental Sciences University of Alberta  442 Earth Sciences Building Edmonton AB Canada T6G 2E3] (ORCID:0000000234830390); Oelmann, Yvonne [Geoecology, Department of Geosciences University of Tübingen  Rümelinstr. 19‐23 72070 Tübingen Germany] (ORCID:0000000335136568); Wilcke, Wolfgang [Institute of Geography and Geoecology Karlsruhe Institute of Technology (KIT)  Reinhard‐Baumeister‐Platz 1 76131 Karlsruhe Germany] (ORCID:0000000260314613); Mommer, Liesje [Forest Ecology and Forest Management Group Wageningen University &amp;amp; Research  PO Box 47 6700 AA Wageningen the Netherlands] (ORCID:0000000237750716)</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-10-03T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>New Phytologist</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>248</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>3221 to 3239</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0028-646X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Summary&lt;/title&gt; &lt;p&gt;&lt;list list-type='bullet'&gt;&lt;list-item&gt;&lt;p&gt;Humans are driving biodiversity change, which also alters community functional traits. However, how changes in the functional traits of the community alter ecosystem functions—especially belowground—remains an important gap in our understanding of the consequences of biodiversity change.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;We test hypotheses for how the root traits of the root economics space (composed of the collaboration and conservation gradients) are associated with proxies for ecosystem functioning across grassland and forest ecosystems in both observational and experimental datasets from 810 plant communities. First, we assessed whether community‐weighted means of the root economics space traits adhered to the same trade‐offs as species‐level root traits. Then, we examined the relationships between community‐weighted mean root traits and aboveground biomass production, root standing biomass, soil fauna biomass, soil microbial biomass, decomposition of standard and plot‐specific material, ammonification, nitrification, phosphatase activity, and drought resistance.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;We found evidence for a community collaboration gradient but not for a community conservation gradient. Yet, links between community root traits and ecosystem functions were more common than we expected, especially for aboveground biomass, microbial biomass, and decomposition.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;These findings suggest that changes in species composition, which alter root trait means, will in turn affect critical ecosystem functions.&lt;/p&gt;&lt;/list-item&gt;&lt;/list&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1831944; 2425352</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>